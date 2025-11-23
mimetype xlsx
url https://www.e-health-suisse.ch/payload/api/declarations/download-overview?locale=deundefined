--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -16,818 +16,818 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Declarations" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="205">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Erstellt am</t>
-[...47 lines deleted...]
-    <t>Anhang II</t>
+    <t>Created at</t>
+  </si>
+  <si>
+    <t>Updated at</t>
+  </si>
+  <si>
+    <t>Name of the provider/manufacturer</t>
+  </si>
+  <si>
+    <t>Name and version of the declared system</t>
+  </si>
+  <si>
+    <t>Website of the provider/manufacturer</t>
+  </si>
+  <si>
+    <t>Contact person for interested institutions: - Name</t>
+  </si>
+  <si>
+    <t>Contact person for interested institutions: - Telephone</t>
+  </si>
+  <si>
+    <t>Contact person for interested institutions: -  Email</t>
+  </si>
+  <si>
+    <t>Covered industries</t>
+  </si>
+  <si>
+    <t>EPR integration level reached by the provider</t>
+  </si>
+  <si>
+    <t>What are the minimum technical requirements that a health facility must meet in order for the software to have the declared functional scope?</t>
+  </si>
+  <si>
+    <t>Which languages does the primary system support?</t>
+  </si>
+  <si>
+    <t>Excluded software versions from the self-declaration</t>
+  </si>
+  <si>
+    <t>Additional functions that the declared software fulfills</t>
+  </si>
+  <si>
+    <t>Self-declaration questionnaire</t>
+  </si>
+  <si>
+    <t>Attachment I</t>
+  </si>
+  <si>
+    <t>Attachment II</t>
   </si>
   <si>
     <t>673b0d50acac3bab92428341</t>
   </si>
   <si>
-    <t>Aktuell</t>
+    <t>Up-to-date</t>
   </si>
   <si>
     <t>2024-11-18T09:48:00.054Z</t>
   </si>
   <si>
     <t>2024-11-18T11:25:31.811Z</t>
   </si>
   <si>
     <t>the i-engineers AG</t>
   </si>
   <si>
     <t>health-engine 24.1</t>
   </si>
   <si>
     <t>https://www.tie.ch/</t>
   </si>
   <si>
     <t>Severin Summermatter</t>
   </si>
   <si>
     <t>+41 79 744 37 89</t>
   </si>
   <si>
     <t>severin.summermatter@tie.ch</t>
   </si>
   <si>
-    <t xml:space="preserve">- Ärzteschaft mit ambulanten Arzt- oder Gruppenpraxen
-[...2 lines deleted...]
-- Andere</t>
+    <t xml:space="preserve">- Doctors with ambulatory offices or group practice
+- Long-term institutions (nursing and retirement homes, homes for the disabled)
+- Acute care / Hospitals
+- Other</t>
   </si>
   <si>
     <t>2.2</t>
   </si>
   <si>
     <t>Aktuelle Version der health-engine und des dazugehörigen EPD Connector.</t>
   </si>
   <si>
-    <t xml:space="preserve">- Deutsch
-[...2 lines deleted...]
-- Italienisch</t>
+    <t xml:space="preserve">- German
+- English
+- French
+- Italian</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t xml:space="preserve">- Debitoren- und Mahnwesen
-[...8 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/the%20i-engineers%20AG%20-%20Questionnaire%20-%202024_Selbstdeklarationsformular_de.xlsx</t>
+    <t xml:space="preserve">- Accounts receivable and reminder mechanism
+- Solution for the legally defined retention requirements
+- Data migration from previous software
+- Laboratory integration
+- PACS integration
+- Software operation and data storage as a cloud solution
+- EPR connection as a centrally managed cloud service</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/the%20i-engineers%20AG%20-%20Questionnaire%20-%202024_Selbstdeklarationsformular_de.xlsx</t>
   </si>
   <si>
     <t>67360f61b567bbf18a3d0aed</t>
   </si>
   <si>
     <t>2024-11-14T14:55:29.746Z</t>
   </si>
   <si>
     <t>2024-11-18T07:20:30.204Z</t>
   </si>
   <si>
     <t>Axon Lab AG</t>
   </si>
   <si>
     <t>Axenita</t>
   </si>
   <si>
     <t>https://www.axenita.ch/de/</t>
   </si>
   <si>
     <t>Sandrina Duarte</t>
   </si>
   <si>
     <t>+41 21 651 71 50</t>
   </si>
   <si>
     <t>sandrina.duarte@axonlab.com</t>
   </si>
   <si>
-    <t xml:space="preserve">- Ärzteschaft mit ambulanten Arzt- oder Gruppenpraxen
-[...1 lines deleted...]
-- Ärztliche &amp; nicht-ärztliche Psychotherapie</t>
+    <t xml:space="preserve">- Doctors with ambulatory offices or group practice
+- Therapeutic services (e.g. occupational therapy, physiotherapy, alternative medicine)
+- Medical &amp; non-medical psychotherapy</t>
   </si>
   <si>
     <t>2.1</t>
   </si>
   <si>
     <t>Axenita Version 31 oder höher</t>
   </si>
   <si>
-    <t xml:space="preserve">- Deutsch
-[...1 lines deleted...]
-- Italienisch</t>
+    <t xml:space="preserve">- German
+- French
+- Italian</t>
   </si>
   <si>
     <t>Axenita Version 30 oder tiefer</t>
   </si>
   <si>
-    <t xml:space="preserve">- Hinterlegte Tarifsysteme
+    <t xml:space="preserve">- Stored tariff systems
    - TARMED Eidg. Analyseliste Mittel- und Gegenständeliste Medindex (SL) spezifische Tarife
-- Debitoren- und Mahnwesen
-[...13 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/Axon%20Lab%20AG%20-%20Attachment%20II%20-%20Axenita%20Brosch%C3%83%C2%BCre_D_2024.pdf</t>
+- Accounts receivable and reminder mechanism
+- Electronic billing
+- Data migration from previous software
+- Laboratory integration
+- PACS integration
+- Software operation and data storage as a cloud solution</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Axon%20Lab%20AG%20-%20Questionnaire%20-%20202411_Selbstdeklarationsformular_de_Axonlab.xlsx</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Axon%20Lab%20AG%20-%20Attachment%20I%20-%20Axenita_Brochure_F_2024.pdf</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Axon%20Lab%20AG%20-%20Attachment%20II%20-%20Axenita%20Brosch%C3%83%C2%BCre_D_2024.pdf</t>
   </si>
   <si>
     <t>66e5a6531aafc6a779e878b1</t>
   </si>
   <si>
     <t>2024-09-14T15:05:55.370Z</t>
   </si>
   <si>
     <t>2024-11-18T07:21:32.366Z</t>
   </si>
   <si>
     <t>Advanced Concepts AG</t>
   </si>
   <si>
     <t>MedicalConcept Version 4.1.922#10 Build 1372</t>
   </si>
   <si>
     <t>https://www.advancedconcepts.ch</t>
   </si>
   <si>
     <t>Stefan Csomor</t>
   </si>
   <si>
     <t>052 245 02 45</t>
   </si>
   <si>
     <t>csomor@advancedconcepts.ch</t>
   </si>
   <si>
-    <t>- Ärzteschaft mit ambulanten Arzt- oder Gruppenpraxen</t>
+    <t>- Doctors with ambulatory offices or group practice</t>
   </si>
   <si>
     <t>Apple macOS Version ab 10.15, MS-Windows ab 10 oder Server 2019, Office Version, die PDF/A-1 erstellen kann</t>
   </si>
   <si>
-    <t xml:space="preserve">- Deutsch
-[...3 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/Advanced%20Concepts%20AG%20-%20Questionnaire%20-%202024_Selbstdeklarationsformular_de.xlsx</t>
+    <t xml:space="preserve">- German
+- French</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Advanced%20Concepts%20AG%20-%20Questionnaire%20-%202024_Selbstdeklarationsformular_de.xlsx</t>
   </si>
   <si>
     <t>66d565159fc1defc19941eff</t>
   </si>
   <si>
     <t>2024-09-02T07:11:17.529Z</t>
   </si>
   <si>
     <t>2024-09-02T07:30:03.525Z</t>
   </si>
   <si>
     <t>Cistec AG</t>
   </si>
   <si>
     <t>KISIM</t>
   </si>
   <si>
     <t>https://www.cistec.com</t>
   </si>
   <si>
     <t>marco.studer@cistec.com</t>
   </si>
   <si>
     <t>+41 43 311 17 82</t>
   </si>
   <si>
-    <t>- Akutpflege / Spitäler</t>
+    <t>- Acute care / Hospitals</t>
   </si>
   <si>
     <t>KISIM ab Version 5.5</t>
   </si>
   <si>
-    <t>- Deutsch</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">- Hinterlegte Tarifsysteme
+    <t>- German</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- Stored tariff systems
    - Ambulante und stationäre Tarife der Spitäler und Kliniken inkl. Codierung.
-- Elektronische Abrechnung
-[...6 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/Cistec%20AG%20-%20Questionnaire%20-%202024_Selbstdeklarationsformular_de_Cistec-AG_v1.xlsx</t>
+- Electronic billing
+- Solution for the legally defined retention requirements
+- Data migration from previous software
+- Laboratory integration
+- PACS integration</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Cistec%20AG%20-%20Questionnaire%20-%202024_Selbstdeklarationsformular_de_Cistec-AG_v1.xlsx</t>
   </si>
   <si>
     <t>66cc3ff5f5069a8ee16bf998</t>
   </si>
   <si>
     <t>2024-08-26T08:42:29.322Z</t>
   </si>
   <si>
     <t>2024-08-26T15:32:06.042Z</t>
   </si>
   <si>
     <t>ines GmbH</t>
   </si>
   <si>
     <t>inesKIS 7.6</t>
   </si>
   <si>
     <t>https://www.ines.ch/</t>
   </si>
   <si>
     <t>Felix Wurm</t>
   </si>
   <si>
     <t>+49 (0)7531 942 95 20</t>
   </si>
   <si>
     <t>info@ines.ch</t>
   </si>
   <si>
-    <t xml:space="preserve">- Ärztliche &amp; nicht-ärztliche Psychotherapie
-[...2 lines deleted...]
-- Akutpflege / Spitäler</t>
+    <t xml:space="preserve">- Medical &amp; non-medical psychotherapy
+- Laboratory
+- Long-term institutions (nursing and retirement homes, homes for the disabled)
+- Acute care / Hospitals</t>
   </si>
   <si>
     <t xml:space="preserve">Im Folgenden sind die Mindestanforderungen beschrieben. Über die genau Ausprägung dieser wird mit dem Interessenten direkt gesprochen.
 - Datenbank
 - Database Appliance
 - Applikationsserver
 - Kommunikationsserver
 - Backend Server
 </t>
   </si>
   <si>
     <t>vor der Version inesKIS 7.0</t>
   </si>
   <si>
-    <t xml:space="preserve">- Elektronische Abrechnung
-[...5 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/2024_Selbstdeklarationsformular_de_ines_GmbH.xlsx</t>
+    <t xml:space="preserve">- Electronic billing
+- Data migration from previous software
+- Laboratory integration
+- PACS integration</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/2024_Selbstdeklarationsformular_de_ines_GmbH.xlsx</t>
   </si>
   <si>
     <t>65fa9de5efdc5c83d1609e87</t>
   </si>
   <si>
     <t>2024-03-20T08:27:17.181Z</t>
   </si>
   <si>
     <t>2024-10-08T13:45:31.177Z</t>
   </si>
   <si>
     <t>Tecost SA</t>
   </si>
   <si>
     <t>Carefolio LongTerm 7.1</t>
   </si>
   <si>
     <t>https://www.tecost.ch</t>
   </si>
   <si>
     <t>Mathieu Marciacq</t>
   </si>
   <si>
     <t>026.341.80.30</t>
   </si>
   <si>
     <t>m.marciacq@tecost.ch</t>
   </si>
   <si>
-    <t>- Langzeitinstitutionen (Pflege- und Altersheime, Behindertenheime)</t>
+    <t>- Long-term institutions (nursing and retirement homes, homes for the disabled)</t>
   </si>
   <si>
     <t>Logiciel Carefolio LongTerm version 7.1 minimum, avec module DEP</t>
   </si>
   <si>
     <t>Versions Carefolio LongTerm inférieures à la 7.1</t>
   </si>
   <si>
-    <t xml:space="preserve">- Zertifizierte Assessment Systeme
+    <t xml:space="preserve">- Certified assessment systems
    - BESA, RAI
-- Elektronische Abrechnung
-[...5 lines deleted...]
-- Weitere Funktionen
+- Electronic billing
+- Solution for the legally defined retention requirements
+- Data migration from previous software
+- PACS integration
+- Software operation and data storage as a cloud solution
+- EPR connection as a centrally managed cloud service
+- Other functionality
 - undefined</t>
   </si>
   <si>
-    <t>https://www.e-health-suisse.ch/upload/user/Tecost%20SA%20-%20Carefolio_Selbstdeklarationsformular_fr_2024.xlsx</t>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Tecost%20SA%20-%20Carefolio_Selbstdeklarationsformular_fr_2024.xlsx</t>
   </si>
   <si>
     <t>655cd4818ec8cf911bfd718e</t>
   </si>
   <si>
     <t>2023-11-21T16:02:09.986Z</t>
   </si>
   <si>
     <t>2024-08-13T15:21:51.672Z</t>
   </si>
   <si>
     <t>Vitodata AG</t>
   </si>
   <si>
     <t>vitomed</t>
   </si>
   <si>
     <t>https://www.vitodata.ch/</t>
   </si>
   <si>
     <t>Julia Rachinskaya</t>
   </si>
   <si>
     <t xml:space="preserve">+41 52 320 56 20 </t>
   </si>
   <si>
     <t>julia.rachinskaya@vitodata.ch</t>
   </si>
   <si>
-    <t xml:space="preserve">- Ärzteschaft mit ambulanten Arzt- oder Gruppenpraxen
-- Therapeutische Dienste (z.B. Ergotherapie, Physiotherapie, Alternativmedizin)</t>
+    <t xml:space="preserve">- Doctors with ambulatory offices or group practice
+- Therapeutic services (e.g. occupational therapy, physiotherapy, alternative medicine)</t>
   </si>
   <si>
     <t xml:space="preserve">vitomed ab Version 3, browserbasiert </t>
   </si>
   <si>
-    <t xml:space="preserve">- Hinterlegte Tarifsysteme
+    <t xml:space="preserve">- Stored tariff systems
    - TARMED KVG / UVG
 Unfalltarif FL	
 MiGel Mittel- und Gegenständeliste	
 Analysenliste	
 Tarif für arbeitsmedizinische Untersuchungen	
 Zahnarzttarif SSO (DENTOTAR)	
 Zahntechnik-Tarif UV/MV/IV (Tartec)	
 311 / Physio UV/MV/IV	
 312 / Physio KVG	
 Alter Zahnarzttarif	
 Chiropraktorentarif	
 Ergotherapietarif	
 OSM Orthopädieschuhtechnik (Verband Fuss &amp; Schuh)	
 SVOT – Orthopädietechnische Arbeiten
 Hörsysteme-Tarif UV/MV	
 Augenprothesen	
 Krankenpflegetarif (freiberuflich)	
 Rollstuhltarif	
 Ergotherapie-Tarif UV/MV/IV	
 Pandemietarif	
 Chiropraktorentarif UV/MV/IV	9
 Verordnung über die Abgabe von Hilfsmitteln durch die Unfallversicherung	
 Spitex: Hilfe und Pflege zu Hause	
 Spitex-Tarif UV/MV/IV	
 Physiotherapietarif, Spital	
 Psychotherapie-Tarif KVG	
 Psychotherapie-Tarif UV/MV/IV	
 Rettung und Sanitätstransporte
 Ambulante Unterdruck-Wundtherapie in der Domizilbehandlung	
 Tarif Handelsware	
 KIMSA (Kooperatives Integrationsmanagement der SUVA mit Ärztenetzen)	
 Spitaltarife / Belegärzte	
 Medicalculis	
 Zürcher Mittelstandstarif	
 SLK-Tarif	
 PS25	
 BBV plus	
-- Debitoren- und Mahnwesen
-[...5 lines deleted...]
-- Weitere Funktionen
+- Accounts receivable and reminder mechanism
+- Electronic billing
+- Solution for the legally defined retention requirements
+- Data migration from previous software
+- Laboratory integration
+- EPR connection as a centrally managed cloud service
+- Other functionality
 - undefined</t>
   </si>
   <si>
-    <t>https://www.e-health-suisse.ch/upload/user/Vitodata%20AG_Selbstdeklaration_de_2024.xlsx</t>
-[...2 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/Flyer_vitomed_Vitodata.pdf</t>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Vitodata%20AG_Selbstdeklaration_de_2024.xlsx</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Flyer_vitomed_Vitodata.pdf</t>
   </si>
   <si>
     <t>6540d85e2c838646e2b8216b</t>
   </si>
   <si>
     <t>2023-10-31T10:35:10.587Z</t>
   </si>
   <si>
     <t>2024-08-13T15:21:51.757Z</t>
   </si>
   <si>
     <t>PulseUp</t>
   </si>
   <si>
     <t>Pulse Medica</t>
   </si>
   <si>
     <t>https://www.praxo.ch</t>
   </si>
   <si>
     <t>Pascal Martinez</t>
   </si>
   <si>
     <t>021 552 51 26</t>
   </si>
   <si>
     <t>pascal.martinez@praxo.ch</t>
   </si>
   <si>
-    <t xml:space="preserve">- Ärzteschaft mit ambulanten Arzt- oder Gruppenpraxen
-[...2 lines deleted...]
-- Labor</t>
+    <t xml:space="preserve">- Doctors with ambulatory offices or group practice
+- Therapeutic services (e.g. occupational therapy, physiotherapy, alternative medicine)
+- Medical &amp; non-medical psychotherapy
+- Laboratory</t>
   </si>
   <si>
     <t xml:space="preserve">- Avoir accès à internet
 - Avoir un MIE (Moyen d'Identification Électronique)
 - Avoir une souscription au module DEP dans le logiciel Pulse Medica</t>
   </si>
   <si>
-    <t>- Französisch</t>
-[...9 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/PulseUp_Selbstdeklaration_fr_2024.xlsx</t>
+    <t>- French</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- Accounts receivable and reminder mechanism
+- Electronic billing
+- Data migration from previous software
+- Laboratory integration
+- PACS integration</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/PulseUp_Selbstdeklaration_fr_2024.xlsx</t>
   </si>
   <si>
     <t>6540d7a32c838646e2b81fe2</t>
   </si>
   <si>
     <t>2023-10-31T10:32:03.072Z</t>
   </si>
   <si>
     <t>2024-10-08T13:47:54.611Z</t>
   </si>
   <si>
     <t>Lobos Informatik AG</t>
   </si>
   <si>
     <t>Lobos4</t>
   </si>
   <si>
     <t>https://www.lobos.ch</t>
   </si>
   <si>
     <t>Dominique Léger</t>
   </si>
   <si>
     <t>044 825 77 77</t>
   </si>
   <si>
     <t>dleger@lobos.ch</t>
   </si>
   <si>
-    <t xml:space="preserve">- Spitex / Pflege zu Hause
-[...1 lines deleted...]
-- Andere</t>
+    <t xml:space="preserve">- Spitex / Care at home
+- Long-term institutions (nursing and retirement homes, homes for the disabled)
+- Other</t>
   </si>
   <si>
     <t>Lobos4 Version 4.1.0</t>
   </si>
   <si>
-    <t xml:space="preserve">- Zertifizierte Assessment Systeme
+    <t xml:space="preserve">- Certified assessment systems
    - - interRAI HC
-- Debitoren- und Mahnwesen
-[...4 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/LOBOS%20Informatik%20AG_Selbstdeklarationsformular_de_2024.xlsx</t>
+- Accounts receivable and reminder mechanism
+- Electronic billing
+- Data migration from previous software</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/LOBOS%20Informatik%20AG_Selbstdeklarationsformular_de_2024.xlsx</t>
   </si>
   <si>
     <t>6540d6e52c838646e2b81ef6</t>
   </si>
   <si>
     <t>2023-10-31T10:28:53.263Z</t>
   </si>
   <si>
     <t>2023-10-31T10:29:01.847Z</t>
   </si>
   <si>
     <t>amétiq AG</t>
   </si>
   <si>
     <t>amétiq siMed</t>
   </si>
   <si>
     <t>https://www.ametiq.ch</t>
   </si>
   <si>
     <t>amétiq Kundenberatung</t>
   </si>
   <si>
     <t>0800 460 460</t>
   </si>
   <si>
     <t>kontakt@ametiq.ch</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Keine</t>
   </si>
   <si>
-    <t xml:space="preserve">- Hinterlegte Tarifsysteme
+    <t xml:space="preserve">- Stored tariff systems
    - TARMED
 Eidg. Analyseliste
 Mittel- und Gegenständeliste
 Alternative Heilmethoden Santésuisse
 Chiropraktik
 Ergotherapie
 Physiotherapie
 Psychologische Psychotherapie
 HirsMed.Net
 Medicalculis
 PS25
-- Debitoren- und Mahnwesen
-[...7 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/amaetiq%20AG_Fragebogen%20Selbstdeklaration_de_2024.xlsx</t>
+- Accounts receivable and reminder mechanism
+- Electronic billing
+- Solution for the legally defined retention requirements
+- Data migration from previous software
+- Laboratory integration
+- PACS integration</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/amaetiq%20AG_Fragebogen%20Selbstdeklaration_de_2024.xlsx</t>
   </si>
   <si>
     <t>6540d6302c838646e2b81dd4</t>
   </si>
   <si>
     <t>2023-10-31T10:25:52.345Z</t>
   </si>
   <si>
     <t>2023-10-31T10:26:19.633Z</t>
   </si>
   <si>
     <t>Nexus Schweiz AG (Spital - Heim - Spitex)</t>
   </si>
   <si>
     <t>Non specified</t>
   </si>
   <si>
     <t>https://www.nexus-schweiz.ch</t>
   </si>
   <si>
     <t>Michael Ziegler</t>
   </si>
   <si>
     <t>0041797199961</t>
   </si>
   <si>
     <t>michael.ziegler@nexus-schweiz.ch</t>
   </si>
   <si>
-    <t xml:space="preserve">- Spitex / Pflege zu Hause
-[...1 lines deleted...]
-- Akutpflege / Spitäler</t>
+    <t xml:space="preserve">- Spitex / Care at home
+- Long-term institutions (nursing and retirement homes, homes for the disabled)
+- Acute care / Hospitals</t>
   </si>
   <si>
     <t xml:space="preserve">unsere Software in einer aktuellen Version
 die Bestellung des EPD-Packages mit EPD-Gateway</t>
   </si>
   <si>
     <t>Versionen vor 2022</t>
   </si>
   <si>
-    <t xml:space="preserve">- Hinterlegte Tarifsysteme
+    <t xml:space="preserve">- Stored tariff systems
    - - alle für Spital, Heim und Spitex
-- Debitoren- und Mahnwesen
-[...7 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/Nexus%20Schweiz%20AG_Fragebogen%20Selbstdeklaration_de_2024.xlsx</t>
+- Accounts receivable and reminder mechanism
+- Electronic billing
+- Solution for the legally defined retention requirements
+- Data migration from previous software
+- Laboratory integration
+- PACS integration</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Nexus%20Schweiz%20AG_Fragebogen%20Selbstdeklaration_de_2024.xlsx</t>
   </si>
   <si>
     <t>6540d42d2c838646e2b81b34</t>
   </si>
   <si>
     <t>2023-10-31T10:17:17.589Z</t>
   </si>
   <si>
     <t>2023-10-31T10:17:53.613Z</t>
   </si>
   <si>
     <t>SHC Software GmbH</t>
   </si>
   <si>
     <t>Social Health Care SHC</t>
   </si>
   <si>
     <t>https://www.shc-software.ch</t>
   </si>
   <si>
     <t>Beate Fuchs</t>
   </si>
   <si>
     <t>061 333 0 333</t>
   </si>
   <si>
     <t>beate.fuchs@shc-software.com</t>
   </si>
   <si>
-    <t xml:space="preserve">- Ärztliche &amp; nicht-ärztliche Psychotherapie
-[...1 lines deleted...]
-- Andere</t>
+    <t xml:space="preserve">- Medical &amp; non-medical psychotherapy
+- Spitex / Care at home
+- Other</t>
   </si>
   <si>
     <t>gemäss Hardwarevoraussetzungen (siehe Anlage) oder SHC Cloudlösung</t>
   </si>
   <si>
-    <t xml:space="preserve">- Deutsch
-- Italienisch</t>
+    <t xml:space="preserve">- German
+- Italian</t>
   </si>
   <si>
     <t>aktuell ist die EPD-Anbindung in Planung/Entwicklung</t>
   </si>
   <si>
-    <t xml:space="preserve">- Zertifizierte Assessment Systeme
+    <t xml:space="preserve">- Certified assessment systems
    - interRAI/RAI-HC
 IBB
-- Hinterlegte Tarifsysteme
+- Stored tariff systems
    - Spitex-Tarife
 RAI-Stufentarife
-- Debitoren- und Mahnwesen
-[...8 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/SHC%20Software%20GmbH%20-%20Fragebogen%20Selbstdeklaration_de_2024.xlsx</t>
+- Accounts receivable and reminder mechanism
+- Electronic billing
+- Solution for the legally defined retention requirements
+- Data migration from previous software</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/SHC%20Software%20GmbH%20-%20Questionnaire%20-%20SHC%20Software%20GmbH%20-%20Questionnaire%20-%20230414%20Fragebogen%20Selbstdeklaration_de.xlsx</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/SHC%20Software%20GmbH%20-%20Fragebogen%20Selbstdeklaration_de_2024.xlsx</t>
   </si>
   <si>
     <t>6540d2812c838646e2b817aa</t>
   </si>
   <si>
     <t>2023-10-31T10:10:09.628Z</t>
   </si>
   <si>
     <t>2024-02-13T09:56:20.852Z</t>
   </si>
   <si>
     <t>SADIES SA</t>
   </si>
   <si>
     <t>DIR</t>
   </si>
   <si>
     <t>https://sadies.ch</t>
   </si>
   <si>
     <t>DUPRIEZ Pierre-Jean</t>
   </si>
   <si>
     <t>+41216311590</t>
   </si>
   <si>
     <t>pj.dupriez@sadies.ch</t>
   </si>
   <si>
-    <t xml:space="preserve">- Spitex / Pflege zu Hause
-- Langzeitinstitutionen (Pflege- und Altersheime, Behindertenheime)</t>
+    <t xml:space="preserve">- Spitex / Care at home
+- Long-term institutions (nursing and retirement homes, homes for the disabled)</t>
   </si>
   <si>
     <t>Disposer des logiciels DIR et MobiDir</t>
   </si>
   <si>
-    <t xml:space="preserve">- Zertifizierte Assessment Systeme
+    <t xml:space="preserve">- Certified assessment systems
    - INTER-RAI HC
-- Hinterlegte Tarifsysteme
+- Stored tariff systems
    - PLAISIR
 BESA
 SPITEX
-- Debitoren- und Mahnwesen
-[...5 lines deleted...]
-    <t>https://www.e-health-suisse.ch/upload/user/Sadies_Selbstdeklarationsformular_de_2024.xlsx</t>
+- Accounts receivable and reminder mechanism
+- Electronic billing
+- Solution for the legally defined retention requirements
+- Laboratory integration</t>
+  </si>
+  <si>
+    <t>https://www.e-health-suisse.ch/payload/api/user-uploads/file/Sadies_Selbstdeklarationsformular_de_2024.xlsx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>